--- v0 (2025-10-09)
+++ v1 (2026-03-19)
@@ -1,849 +1,897 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
+  <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="0140574B" w14:textId="41162744" w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...41 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="29B796A7" w14:textId="10A91913" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>Anaconda 3 202</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>5.12</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="031B42DD" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Bloomberg (select device in 2403)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63E6D923" w14:textId="77777777" w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...13 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="47E0C29F" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>ER Assistant 2.10</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A251288" w14:textId="77777777" w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...13 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="1497194B" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="de-DE"/>
         </w:rPr>
         <w:t>Google Chrome</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6B44C278" w14:textId="77777777" w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...13 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="03B22053" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="fr-FR"/>
         </w:rPr>
         <w:t>JMP 17</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47E57858" w14:textId="754FEEDB" w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...52 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="638ECDF7" w14:textId="5688F5FA" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t>Mendix 10.2</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="da-DK"/>
+        </w:rPr>
+        <w:t>4.13</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7880774F" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
         </w:rPr>
         <w:t>Microsoft Edge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35869633" w14:textId="4E72F418" w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...31 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="736E1831" w14:textId="25ED319F" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>Mondo DB 8.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>2.2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61A311CD" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>Mozilla Firefox</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47EEC502" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>MS Office 365</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E08A7E8" w14:textId="69F36390" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>PGAdmin 4 9.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
         </w:rPr>
         <w:t>11</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="073CF95F" w14:textId="77777777" w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...175 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="1D1E4261" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>PostGreSQL 17.4</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CE54793" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>Power BI 2.151.1182.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72F79F0D" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Project 2024</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70102BC5" w14:textId="23FEF552" w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...78 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="209DAEF5" w14:textId="52C75BEE" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>R 4.5.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C4DC2F2" w14:textId="42D48DD3" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>RStudio 2025.0</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>9</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E3CA4DE" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
         </w:rPr>
         <w:t>SAS 9.4</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4081C380" w14:textId="2B6096B8" w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...78 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="678DA227" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>SPSS 31</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F929346" w14:textId="2A4FB4C0" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>Tableau 25.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="fr-FR"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7528CDDA" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
         </w:rPr>
         <w:t>Visio 2021</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="254A6F5A" w14:textId="5C8BD185" w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...13 lines deleted...]
-          <w:szCs w:val="27"/>
+    <w:p w14:paraId="396E13D7" w14:textId="027FD31A" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="pt-PT"/>
         </w:rPr>
         <w:t>Visual Paradigm CE 17.</w:t>
       </w:r>
-      <w:r w:rsidR="00C141E5">
-[...51 lines deleted...]
-          <w:szCs w:val="27"/>
+      <w:r w:rsidR="00FB1A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="pt-PT"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EFBEB75" w14:textId="1C6293F0" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>VS Code 1.10</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="nl-NL"/>
+        </w:rPr>
+        <w:t>7.0</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3184C4DE" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+          <w:lang w:val="en-US"/>
         </w:rPr>
         <w:t>Windows 11</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3154608B" w14:textId="065E19EF" w:rsidR="000C4844" w:rsidRDefault="00B2532F" w:rsidP="00B2532F">
-[...7 lines deleted...]
-        <w:sectPr w:rsidR="000C4844" w:rsidSect="000C4844">
+    <w:p w14:paraId="4D813890" w14:textId="00811148" w:rsidR="00282B85" w:rsidRDefault="00000000">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00282B85">
+          <w:headerReference w:type="default" r:id="rId6"/>
+          <w:footerReference w:type="default" r:id="rId7"/>
           <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:cols w:num="2" w:space="720" w:equalWidth="0">
             <w:col w:w="6120" w:space="720"/>
-            <w:col w:w="6120"/>
+            <w:col w:w="6120" w:space="0"/>
           </w:cols>
-          <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B2532F">
-[...29 lines deleted...]
-    <w:sectPr w:rsidR="00B2532F" w:rsidRPr="00B2532F" w:rsidSect="000C4844">
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>Zoom 6.</w:t>
+      </w:r>
+      <w:r w:rsidR="00FB1A9D">
+        <w:rPr>
+          <w:rFonts w:ascii="Segoe UI" w:eastAsia="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
+          <w:color w:val="242424"/>
+          <w:sz w:val="27"/>
+          <w:szCs w:val="27"/>
+          <w:u w:color="242424"/>
+        </w:rPr>
+        <w:t>7.26346</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7163C3D3" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00282B85">
+      <w:pPr>
+        <w:pStyle w:val="Body"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00282B85">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="15840" w:h="12240" w:orient="landscape"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:num="2" w:space="720" w:equalWidth="0">
         <w:col w:w="6120" w:space="720"/>
-        <w:col w:w="6120"/>
+        <w:col w:w="6120" w:space="0"/>
       </w:cols>
-      <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
+<file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:endnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="3504DE73" w14:textId="77777777" w:rsidR="00170B5E" w:rsidRDefault="00170B5E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="4658B489" w14:textId="77777777" w:rsidR="00170B5E" w:rsidRDefault="00170B5E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:endnote>
+</w:endnotes>
+</file>
+
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:font w:name="Aptos">
-[...4 lines deleted...]
-  </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Aptos Display">
+  <w:font w:name="Arial Unicode MS">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Helvetica Neue">
+    <w:altName w:val="Arial"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="default"/>
+  </w:font>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C49599C" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00282B85">
+    <w:pPr>
+      <w:pStyle w:val="HeaderFooter"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:footnote w:type="separator" w:id="-1">
+    <w:p w14:paraId="498488BC" w14:textId="77777777" w:rsidR="00170B5E" w:rsidRDefault="00170B5E">
+      <w:r>
+        <w:separator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:type="continuationSeparator" w:id="0">
+    <w:p w14:paraId="17CD17FA" w14:textId="77777777" w:rsidR="00170B5E" w:rsidRDefault="00170B5E">
+      <w:r>
+        <w:continuationSeparator/>
+      </w:r>
+    </w:p>
+  </w:footnote>
+</w:footnotes>
+</file>
+
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="66894E67" w14:textId="77777777" w:rsidR="00282B85" w:rsidRDefault="00282B85">
+    <w:pPr>
+      <w:pStyle w:val="HeaderFooter"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:displayBackgroundShape/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:footnotePr>
+    <w:footnote w:id="-1"/>
+    <w:footnote w:id="0"/>
+  </w:footnotePr>
+  <w:endnotePr>
+    <w:endnote w:id="-1"/>
+    <w:endnote w:id="0"/>
+  </w:endnotePr>
   <w:compat>
-    <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="6D55CD18"/>
-[...23 lines deleted...]
-    <w:rsid w:val="719D4AAE"/>
+    <w:rsidRoot w:val="00282B85"/>
+    <w:rsid w:val="00170B5E"/>
+    <w:rsid w:val="00282B85"/>
+    <w:rsid w:val="006706E6"/>
+    <w:rsid w:val="00FB1A9D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="6D55CD18"/>
-[...1 lines deleted...]
-  <w15:docId w15:val="{293CE31E-7AD6-4E70-BF8F-3E40C9C4DE11}"/>
+  <w14:docId w14:val="41DB96A7"/>
+  <w15:docId w15:val="{A237E827-ECAE-42BC-A6B1-5ED788C2AF89}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
-        <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
-[...2 lines deleted...]
-        <w:lang w:val="en-US" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
+        <w:rFonts w:ascii="Times New Roman" w:eastAsia="Arial Unicode MS" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+        <w:bdr w:val="nil"/>
+        <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
-        <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
+        <w:pBdr>
+          <w:top w:val="nil"/>
+          <w:left w:val="nil"/>
+          <w:bottom w:val="nil"/>
+          <w:right w:val="nil"/>
+          <w:between w:val="nil"/>
+          <w:bar w:val="nil"/>
+        </w:pBdr>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
@@ -1184,812 +1232,1214 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-  </w:style>
-[...12 lines deleted...]
-    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...164 lines deleted...]
-      <w:color w:val="272727" w:themeColor="text1" w:themeTint="D8"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="40"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
-[...3 lines deleted...]
-    <w:uiPriority w:val="9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderFooter">
+    <w:name w:val="Header &amp; Footer"/>
+    <w:pPr>
+      <w:tabs>
+        <w:tab w:val="right" w:pos="9020"/>
+      </w:tabs>
+    </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...2 lines deleted...]
-      <w:szCs w:val="32"/>
+      <w:rFonts w:ascii="Helvetica Neue" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+        <w14:noFill/>
+        <w14:prstDash w14:val="solid"/>
+        <w14:bevel/>
+      </w14:textOutline>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...96 lines deleted...]
-    <w:qFormat/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
+    <w:name w:val="Body"/>
     <w:pPr>
-      <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
-      <w:contextualSpacing/>
+      <w:spacing w:after="160" w:line="279" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
-[...121 lines deleted...]
-      <w:spacing w:val="5"/>
+      <w:rFonts w:ascii="Aptos" w:eastAsia="Aptos" w:hAnsi="Aptos" w:cs="Aptos"/>
+      <w:color w:val="000000"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+      <w:u w:color="000000"/>
+      <w:lang w:val="it-IT"/>
+      <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
+        <w14:noFill/>
+        <w14:prstDash w14:val="solid"/>
+        <w14:bevel/>
+      </w14:textOutline>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-[...2 lines deleted...]
-</w:webSettings>
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office Theme">
       <a:dk1>
-        <a:sysClr val="windowText" lastClr="000000"/>
+        <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
-        <a:sysClr val="window" lastClr="FFFFFF"/>
+        <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
-        <a:srgbClr val="0E2841"/>
+        <a:srgbClr val="A7A7A7"/>
       </a:dk2>
       <a:lt2>
-        <a:srgbClr val="E8E8E8"/>
+        <a:srgbClr val="535353"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="E97132"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="196B24"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="0F9ED5"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="A02B93"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="4EA72E"/>
       </a:accent6>
       <a:hlink>
-        <a:srgbClr val="467886"/>
+        <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
-        <a:srgbClr val="96607D"/>
+        <a:srgbClr val="FF00FF"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office Theme">
       <a:majorFont>
-        <a:latin typeface="Aptos Display" panose="02110004020202020204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Helvetica Neue"/>
+        <a:ea typeface="Helvetica Neue"/>
+        <a:cs typeface="Helvetica Neue"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Aptos" panose="02110004020202020204"/>
-[...31 lines deleted...]
-        <a:font script="Geor" typeface="Sylfaen"/>
+        <a:latin typeface="Helvetica Neue"/>
+        <a:ea typeface="Helvetica Neue"/>
+        <a:cs typeface="Helvetica Neue"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office Theme">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:lumMod val="110000"/>
-[...1 lines deleted...]
-                <a:tint val="67000"/>
+                <a:tint val="50000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="35000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="73000"/>
+                <a:tint val="37000"/>
+                <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="105000"/>
-[...1 lines deleted...]
-                <a:tint val="81000"/>
+                <a:tint val="15000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="1"/>
         </a:gradFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:satMod val="103000"/>
-[...7 lines deleted...]
-                <a:lumMod val="100000"/>
+                <a:tint val="100000"/>
                 <a:shade val="100000"/>
+                <a:satMod val="129999"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:lumMod val="99000"/>
-[...1 lines deleted...]
-                <a:shade val="78000"/>
+                <a:tint val="50000"/>
+                <a:shade val="100000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:lin ang="16200000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr">
+              <a:shade val="95000"/>
+              <a:satMod val="104999"/>
+            </a:schemeClr>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
         </a:ln>
-        <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:ln w="38100" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
-          <a:miter lim="800000"/>
-[...6 lines deleted...]
-          <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
-          <a:effectLst>
-[...5 lines deleted...]
-          </a:effectLst>
+          <a:effectLst/>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
-        <a:solidFill>
-[...4 lines deleted...]
-        </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
-                <a:tint val="93000"/>
-[...2 lines deleted...]
-                <a:lumMod val="102000"/>
+                <a:tint val="40000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
-            <a:gs pos="50000">
+            <a:gs pos="40000">
               <a:schemeClr val="phClr">
-                <a:tint val="98000"/>
-[...2 lines deleted...]
-                <a:lumMod val="103000"/>
+                <a:tint val="45000"/>
+                <a:shade val="99000"/>
+                <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
-                <a:shade val="63000"/>
-                <a:satMod val="120000"/>
+                <a:shade val="20000"/>
+                <a:satMod val="255000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
-          <a:lin ang="5400000" scaled="0"/>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+          </a:path>
+        </a:gradFill>
+        <a:gradFill rotWithShape="1">
+          <a:gsLst>
+            <a:gs pos="0">
+              <a:schemeClr val="phClr">
+                <a:tint val="80000"/>
+                <a:satMod val="300000"/>
+              </a:schemeClr>
+            </a:gs>
+            <a:gs pos="100000">
+              <a:schemeClr val="phClr">
+                <a:shade val="30000"/>
+                <a:satMod val="200000"/>
+              </a:schemeClr>
+            </a:gs>
+          </a:gsLst>
+          <a:path path="circle">
+            <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
+          </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:spDef>
+      <a:spPr>
+        <a:solidFill>
+          <a:srgbClr val="FFFFFF"/>
+        </a:solidFill>
+        <a:ln w="12700" cap="flat">
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+        <a:sp3d/>
+      </a:spPr>
+      <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="45719" tIns="45719" rIns="45719" bIns="45719" numCol="1" spcCol="38100" rtlCol="0" anchor="ctr">
+        <a:spAutoFit/>
+      </a:bodyPr>
+      <a:lstStyle>
+        <a:defPPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+            <a:latin typeface="Aptos"/>
+            <a:ea typeface="Aptos"/>
+            <a:cs typeface="Aptos"/>
+            <a:sym typeface="Aptos"/>
+          </a:defRPr>
+        </a:defPPr>
+        <a:lvl1pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl1pPr>
+        <a:lvl2pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl2pPr>
+        <a:lvl3pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl3pPr>
+        <a:lvl4pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl4pPr>
+        <a:lvl5pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl5pPr>
+        <a:lvl6pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl6pPr>
+        <a:lvl7pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl7pPr>
+        <a:lvl8pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl8pPr>
+        <a:lvl9pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl9pPr>
+      </a:lstStyle>
+      <a:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="none"/>
+      </a:style>
+    </a:spDef>
+    <a:lnDef>
+      <a:spPr>
+        <a:noFill/>
+        <a:ln w="12700" cap="flat">
+          <a:solidFill>
+            <a:schemeClr val="accent1"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:effectLst/>
+        <a:sp3d/>
+      </a:spPr>
+      <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91439" tIns="45719" rIns="91439" bIns="45719" numCol="1" spcCol="38100" rtlCol="0" anchor="t">
+        <a:noAutofit/>
+      </a:bodyPr>
+      <a:lstStyle>
+        <a:defPPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:defPPr>
+        <a:lvl1pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl1pPr>
+        <a:lvl2pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl2pPr>
+        <a:lvl3pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl3pPr>
+        <a:lvl4pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl4pPr>
+        <a:lvl5pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl5pPr>
+        <a:lvl6pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl6pPr>
+        <a:lvl7pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl7pPr>
+        <a:lvl8pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl8pPr>
+        <a:lvl9pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl9pPr>
+      </a:lstStyle>
+      <a:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="none"/>
+      </a:style>
+    </a:lnDef>
+    <a:txDef>
+      <a:spPr>
+        <a:noFill/>
+        <a:ln w="12700" cap="flat">
+          <a:noFill/>
+          <a:miter lim="400000"/>
+        </a:ln>
+        <a:effectLst/>
+        <a:sp3d/>
+      </a:spPr>
+      <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="45719" tIns="45719" rIns="45719" bIns="45719" numCol="1" spcCol="38100" rtlCol="0" anchor="t">
+        <a:spAutoFit/>
+      </a:bodyPr>
+      <a:lstStyle>
+        <a:defPPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="0" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+            <a:latin typeface="Aptos"/>
+            <a:ea typeface="Aptos"/>
+            <a:cs typeface="Aptos"/>
+            <a:sym typeface="Aptos"/>
+          </a:defRPr>
+        </a:defPPr>
+        <a:lvl1pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl1pPr>
+        <a:lvl2pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl2pPr>
+        <a:lvl3pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl3pPr>
+        <a:lvl4pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl4pPr>
+        <a:lvl5pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl5pPr>
+        <a:lvl6pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl6pPr>
+        <a:lvl7pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl7pPr>
+        <a:lvl8pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl8pPr>
+        <a:lvl9pPr marL="0" marR="0" indent="0" algn="l" defTabSz="914400" rtl="0" fontAlgn="auto" latinLnBrk="1" hangingPunct="0">
+          <a:lnSpc>
+            <a:spcPct val="100000"/>
+          </a:lnSpc>
+          <a:spcBef>
+            <a:spcPts val="0"/>
+          </a:spcBef>
+          <a:spcAft>
+            <a:spcPts val="0"/>
+          </a:spcAft>
+          <a:buClrTx/>
+          <a:buSzTx/>
+          <a:buFontTx/>
+          <a:buNone/>
+          <a:tabLst/>
+          <a:defRPr kumimoji="0" sz="1800" b="0" i="0" u="none" strike="noStrike" cap="none" spc="0" normalizeH="0" baseline="0">
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:solidFill>
+              <a:srgbClr val="000000"/>
+            </a:solidFill>
+            <a:effectLst/>
+            <a:uFillTx/>
+          </a:defRPr>
+        </a:lvl9pPr>
+      </a:lstStyle>
+      <a:style>
+        <a:lnRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:fillRef>
+        <a:effectRef idx="0">
+          <a:scrgbClr r="0" g="0" b="0"/>
+        </a:effectRef>
+        <a:fontRef idx="none"/>
+      </a:style>
+    </a:txDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
-  <a:extLst>
-[...3 lines deleted...]
-  </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>54</Words>
-  <Characters>309</Characters>
+  <Characters>311</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>2</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>362</CharactersWithSpaces>
+  <CharactersWithSpaces>364</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title/>
-[...3 lines deleted...]
-  <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
-  <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>